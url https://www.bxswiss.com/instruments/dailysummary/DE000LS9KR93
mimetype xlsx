--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1565b9b694416a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54211f95496f492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80c4a6a8f47c498d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f402bde685400d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dcd33f6c7354b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80c4a6a8f47c498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fdef51fc61f4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f402bde685400d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kompilation Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>187,896</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,681</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>189,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,841</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>