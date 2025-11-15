--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54211f95496f492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edd661c115b47fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f402bde685400d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afabc56f2074368"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fdef51fc61f4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f402bde685400d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0da3b0b66e394beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afabc56f2074368" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kompilation Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>