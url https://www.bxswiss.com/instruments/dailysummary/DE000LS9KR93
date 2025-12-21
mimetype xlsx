--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edd661c115b47fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7bb297bd5104a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afabc56f2074368"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd907504787994a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0da3b0b66e394beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afabc56f2074368" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0583e7f79094ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd907504787994a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kompilation Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,264</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>