--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7bb297bd5104a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf049dacb0f2d4a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd907504787994a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eeec4d153e44faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0583e7f79094ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd907504787994a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb86bf15b5349c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eeec4d153e44faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kompilation Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>