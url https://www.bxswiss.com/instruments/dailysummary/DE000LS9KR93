--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf049dacb0f2d4a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e4f4a4228a14795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eeec4d153e44faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7782dfbac3534c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb86bf15b5349c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eeec4d153e44faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42a95f1ab0f467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7782dfbac3534c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kompilation Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>203,119</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>