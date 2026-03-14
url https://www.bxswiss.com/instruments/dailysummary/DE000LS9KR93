--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e4f4a4228a14795" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09ea3a9aa57d43ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7782dfbac3534c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893e150c242d44ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42a95f1ab0f467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7782dfbac3534c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd5332eec4e46bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893e150c242d44ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kompilation Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>206,287</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,893</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>206,213</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>