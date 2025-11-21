--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5f0057ed0094198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f1aa34207f4dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127f581f783c48b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb764253fb28b44c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ee678858134904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127f581f783c48b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278b1528fc734ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb764253fb28b44c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,230 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>138,536</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,653</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,453</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>