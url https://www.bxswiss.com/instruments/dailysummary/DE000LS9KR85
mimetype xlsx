--- v1 (2025-11-21)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f1aa34207f4dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b23b3bf17a74c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb764253fb28b44c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2327de7e27d347bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278b1528fc734ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb764253fb28b44c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee52d2547224880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2327de7e27d347bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,212</x:t>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>