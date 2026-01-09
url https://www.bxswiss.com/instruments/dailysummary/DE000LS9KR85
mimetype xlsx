--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b23b3bf17a74c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a5ff5547204452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2327de7e27d347bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e5ecd131631497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee52d2547224880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2327de7e27d347bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re897ab100d694a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e5ecd131631497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>