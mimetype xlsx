--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a5ff5547204452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11a05fb04a4c4f41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e5ecd131631497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15db2685939b416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re897ab100d694a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e5ecd131631497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b738f1c07bb4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15db2685939b416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,793</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>142,014</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,974</x:t>
-[...404 lines deleted...]
-          <x:t>144,354</x:t>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>