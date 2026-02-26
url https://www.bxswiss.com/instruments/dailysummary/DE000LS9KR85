--- v4 (2026-02-05)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11a05fb04a4c4f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba75421d81a46cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15db2685939b416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R110067bf309c49a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b738f1c07bb4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15db2685939b416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1669eccde49f4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R110067bf309c49a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>146,247</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,011</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...246 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,534</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>