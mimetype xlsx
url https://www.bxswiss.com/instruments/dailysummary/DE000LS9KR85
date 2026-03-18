--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba75421d81a46cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a8d24878bd4ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R110067bf309c49a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e24af945e743d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1669eccde49f4562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R110067bf309c49a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2ea6db4eef46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e24af945e743d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>