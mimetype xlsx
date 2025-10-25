--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fab0fa5d8be4233" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc107098f5a354889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903796bf1fd34bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c97740580c4eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229a81c625fc4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903796bf1fd34bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddff1bea5d24806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c97740580c4eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>