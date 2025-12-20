--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc107098f5a354889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a3891d4155746b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c97740580c4eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a53b88a01914b27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddff1bea5d24806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c97740580c4eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc38f763392f34d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a53b88a01914b27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>276,435</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,569</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>281,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>