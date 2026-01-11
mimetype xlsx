--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a3891d4155746b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485bba5911b441e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a53b88a01914b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d850ac79c8143fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc38f763392f34d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a53b88a01914b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R640008ce775a4e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d850ac79c8143fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>