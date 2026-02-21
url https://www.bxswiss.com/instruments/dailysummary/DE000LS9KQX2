--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485bba5911b441e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e671b1d1df4555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d850ac79c8143fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb73f1fece0947d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R640008ce775a4e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d850ac79c8143fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref2c908578904f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb73f1fece0947d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>303,727</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>