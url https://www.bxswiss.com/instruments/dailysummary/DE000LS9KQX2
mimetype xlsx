--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e671b1d1df4555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984feaae29b0498a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb73f1fece0947d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c4f034db994557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref2c908578904f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb73f1fece0947d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733ffd74e9cf40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c4f034db994557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>