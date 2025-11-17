--- v0 (2025-10-25)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec205446a444d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfec90752bf3c4cd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64bb228e34304aff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab476f1195aa4564"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948db1290f514a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64bb228e34304aff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99512a941ae4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab476f1195aa4564" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holdinginvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>212,089</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...343 lines deleted...]
-          <x:t>215,599</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>