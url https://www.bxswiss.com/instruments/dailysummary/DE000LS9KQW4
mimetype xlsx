--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfec90752bf3c4cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde12aae643f046ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab476f1195aa4564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215a1975902447b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99512a941ae4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab476f1195aa4564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b81974b73d47cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215a1975902447b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holdinginvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>205,267</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...532 lines deleted...]
-          <x:t>208,123</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>