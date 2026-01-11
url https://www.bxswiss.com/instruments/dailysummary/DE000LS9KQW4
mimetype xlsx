--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde12aae643f046ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116a3d7dc18a4788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215a1975902447b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f9e8b5513e7406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b81974b73d47cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215a1975902447b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41cacae3ca4428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f9e8b5513e7406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holdinginvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>