--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116a3d7dc18a4788" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R522b6525e86e491b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f9e8b5513e7406f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b9fa83abc2481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41cacae3ca4428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f9e8b5513e7406f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e4d69d0ff542ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b9fa83abc2481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holdinginvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>214,349</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>