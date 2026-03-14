--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R522b6525e86e491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4af4987a7f49ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b9fa83abc2481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R131889de421e4a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e4d69d0ff542ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b9fa83abc2481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196773a5667042c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R131889de421e4a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holdinginvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>207,924</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,426</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>205,209</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,426</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>205,963</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>