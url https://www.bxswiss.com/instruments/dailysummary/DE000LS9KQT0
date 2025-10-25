--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d4f040170f454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R540aa0d352e94db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6247d79a6e344494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb300ffefa3284e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31f03e57a904f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6247d79a6e344494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d305864039b46a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb300ffefa3284e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>370,279</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>369,349</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>357,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,393</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>