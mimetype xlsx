--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R540aa0d352e94db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1fddf65defb4252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb300ffefa3284e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra759f27c18664277"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d305864039b46a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb300ffefa3284e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red55783d1b9647e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra759f27c18664277" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>