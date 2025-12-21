--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1fddf65defb4252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262d00358bbd4cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra759f27c18664277"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f423e18e3b44c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red55783d1b9647e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra759f27c18664277" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de6ae01cb60416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f423e18e3b44c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>280,337</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>