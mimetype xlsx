--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262d00358bbd4cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495fd8fa2a2a4469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f423e18e3b44c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04bc29f1d04a4d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de6ae01cb60416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f423e18e3b44c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5a3b8e36b6483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04bc29f1d04a4d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>