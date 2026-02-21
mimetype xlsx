--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495fd8fa2a2a4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b3c7a89ea14355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04bc29f1d04a4d73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3850f1ae8949421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5a3b8e36b6483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04bc29f1d04a4d73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0cc37f6791b4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3850f1ae8949421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>261,896</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>