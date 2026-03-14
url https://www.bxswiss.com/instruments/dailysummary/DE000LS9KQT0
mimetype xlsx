--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b3c7a89ea14355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a02b19d35d4ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3850f1ae8949421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18e6a3dbd79b4e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0cc37f6791b4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3850f1ae8949421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600ca8427b8948e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18e6a3dbd79b4e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>