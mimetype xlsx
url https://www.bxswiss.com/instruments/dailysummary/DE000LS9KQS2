--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8205c6da9da456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f714fdb9a784df4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R456950aea59f4623"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5613860d37b14b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c4614356c34301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R456950aea59f4623" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb258d18a7ba6484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5613860d37b14b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lasterhafte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>492,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>