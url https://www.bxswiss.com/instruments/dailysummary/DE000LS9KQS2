--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f714fdb9a784df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49ae804aa654aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5613860d37b14b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b63c5d85724f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb258d18a7ba6484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5613860d37b14b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7097b166c50b4328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b63c5d85724f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lasterhafte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>