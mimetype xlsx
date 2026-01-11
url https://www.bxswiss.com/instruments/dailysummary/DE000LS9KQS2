--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49ae804aa654aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb8b2e4033142e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b63c5d85724f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275f2e92f7bd40dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7097b166c50b4328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b63c5d85724f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eed60ab7b044617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275f2e92f7bd40dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lasterhafte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>451,869</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,894</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>411,769</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>