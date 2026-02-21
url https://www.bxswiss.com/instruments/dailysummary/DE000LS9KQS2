--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb8b2e4033142e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801d88bdfa774828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275f2e92f7bd40dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e7d0466ace543d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eed60ab7b044617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275f2e92f7bd40dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77355b5f4814784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e7d0466ace543d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lasterhafte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>465,465</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>