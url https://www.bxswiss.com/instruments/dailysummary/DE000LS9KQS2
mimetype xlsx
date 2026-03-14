--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801d88bdfa774828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1d3ee8e3ff4b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e7d0466ace543d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R370a6a76c3b247bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77355b5f4814784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e7d0466ace543d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40685c21bd044b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R370a6a76c3b247bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lasterhafte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>