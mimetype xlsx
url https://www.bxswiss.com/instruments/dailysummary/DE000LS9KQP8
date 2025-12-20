--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b51bb7be054a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re047af09dc404547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f277049906c416d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f5903bff914498"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b0a79c565c46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f277049906c416d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39d356f62424faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f5903bff914498" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Aktienanlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>232,574</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>