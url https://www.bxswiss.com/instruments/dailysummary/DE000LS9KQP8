--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re047af09dc404547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b86b20a46dc4faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f5903bff914498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra772ed9219ed4216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39d356f62424faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f5903bff914498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f465d9376c4642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra772ed9219ed4216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Aktienanlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>248,995</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>