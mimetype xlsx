--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b86b20a46dc4faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0531ea2be6864b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra772ed9219ed4216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda99fecfc6394241"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f465d9376c4642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra772ed9219ed4216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a39aab80b848a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda99fecfc6394241" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Aktienanlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>