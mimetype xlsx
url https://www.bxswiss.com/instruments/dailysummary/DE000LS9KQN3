--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8da4707ad6042ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bbc53548884231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b45a6bb079c42de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2220c4818614931"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re373e80c4b554e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b45a6bb079c42de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bfaab598a94e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2220c4818614931" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.643,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.643,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.575,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.599,762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.799,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.811,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.786,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.796,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.780,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.848,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.761,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.810,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.811,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.885,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.798,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.808,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.833,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.914,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.829,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.904,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.992,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.057,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.958,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.034,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.010,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.050,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.879,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.882,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.925,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.935,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.858,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.898,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.813,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.855,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.739,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.770,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.793,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.842,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.763,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.797,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.799,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.811,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.788,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.789,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.643,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.794,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.632,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.735,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.818,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.831,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.771,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.809,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.790,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.822,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.745,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.787,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.775,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.822,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.716,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.716,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.756,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.784,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.778,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.799,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.876,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.797,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.864,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>