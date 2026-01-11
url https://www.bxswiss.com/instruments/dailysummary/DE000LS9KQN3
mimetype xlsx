--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bbc53548884231" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf396e8bbbeac452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2220c4818614931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7a0eea20ab4bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bfaab598a94e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2220c4818614931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f946ae30a8840b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7a0eea20ab4bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3.864,892</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.838,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.855,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.771,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.789,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.714,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.738,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.625,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.636,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.764,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.615,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.618,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.624,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.662,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.593,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.661,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.584,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.631,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.581,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.601,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.646,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.661,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.497,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.509,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.527,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.604,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.526,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.572,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.610,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.697,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.590,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.674,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.769,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.720,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.740,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.725,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.805,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.801,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.806,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.815,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.758,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.790,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.800,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.820,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.796,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.819,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.906,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.971,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.877,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.888,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.860,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.915,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.837,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.855,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.844,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.905,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.815,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.866,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.872,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.890,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.782,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.785,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.798,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.831,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.777,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.816,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>