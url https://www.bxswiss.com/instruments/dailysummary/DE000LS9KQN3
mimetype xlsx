--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf396e8bbbeac452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cafb8dac62a4b1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree7a0eea20ab4bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red00aeef0c964549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f946ae30a8840b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree7a0eea20ab4bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R420b0c2dcdce471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red00aeef0c964549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.714,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.738,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.625,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.636,598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>