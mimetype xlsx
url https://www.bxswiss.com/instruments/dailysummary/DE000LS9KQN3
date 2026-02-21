--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cafb8dac62a4b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69434b7a48ec40e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red00aeef0c964549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8861c653a4aa4fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R420b0c2dcdce471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red00aeef0c964549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bfb5f99c884ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8861c653a4aa4fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>3.816,048</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.739,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.767,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.692,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.749,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.846,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.684,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.831,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.878,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.883,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.840,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.872,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.843,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.955,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.828,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.909,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.834,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.837,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.794,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.811,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.835,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.837,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.754,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.817,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.862,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.890,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.842,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.880,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.859,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.863,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.740,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.778,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.812,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.897,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.805,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.855,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.765,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.875,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.762,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.863,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.833,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.838,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.677,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.679,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.664,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.676,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.632,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.641,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.580,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.600,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.446,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.512,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.515,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.697,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.515,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.684,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.702,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.823,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.650,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.804,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.783,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.803,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.725,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.753,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.734,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.854,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.720,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.812,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.809,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.843,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.714,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.715,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.718,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.741,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.629,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.654,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.676,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.682,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.655,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.660,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.643,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.684,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.595,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.665,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.741,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.775,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.715,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.771,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.761,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.762,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.710,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.742,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.752,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.794,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.768,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>