--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69434b7a48ec40e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd29a55979954c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8861c653a4aa4fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88f069397204e7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bfb5f99c884ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8861c653a4aa4fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05f162d8132544d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88f069397204e7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.783,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.803,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.725,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.753,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.752,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.794,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.722,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.768,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.760,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.846,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.758,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.783,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.822,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.859,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.761,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.840,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.874,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.914,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.868,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.907,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.915,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.950,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.695,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.750,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.721,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.728,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.577,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.610,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.470,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.656,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.464,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.636,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.594,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.626,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.558,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.602,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.586,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.679,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.582,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.663,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.651,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.704,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.637,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.686,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.659,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.664,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.587,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.628,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.504,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.609,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.502,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.606,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.667,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.719,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.633,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.702,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.705,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.762,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.688,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.725,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.726,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.726,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.660,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.706,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.692,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.748,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.660,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.665,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>