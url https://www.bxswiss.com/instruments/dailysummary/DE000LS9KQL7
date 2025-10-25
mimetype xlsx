--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R679c45768cc34917" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538399a75c804a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc5fb50714b84539"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5abf6fbfa2754bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea3031ef009449b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc5fb50714b84539" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98183c7586d74b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5abf6fbfa2754bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models USA &amp; ROW 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>184,106</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,034</x:t>
-[...173 lines deleted...]
-          <x:t>182,128</x:t>
+          <x:t>182,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,963</x:t>
-[...328 lines deleted...]
-          <x:t>184,127</x:t>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>