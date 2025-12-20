--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538399a75c804a84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e618ae8fd74cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5abf6fbfa2754bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079e8b55d38442a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98183c7586d74b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5abf6fbfa2754bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08af72c8d9384003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079e8b55d38442a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models USA &amp; ROW 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>182,777</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,091</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>183,510</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,042</x:t>
-[...301 lines deleted...]
-          <x:t>182,515</x:t>
+          <x:t>183,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>