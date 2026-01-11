--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e618ae8fd74cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a96797d94e0406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079e8b55d38442a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f8ad4eb76848ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08af72c8d9384003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079e8b55d38442a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4887b41f675423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f8ad4eb76848ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models USA &amp; ROW 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>181,761</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,019</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...467 lines deleted...]
-          <x:t>183,061</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,610</x:t>
-[...31 lines deleted...]
-          <x:t>182,699</x:t>
+          <x:t>183,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>