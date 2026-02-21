--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a96797d94e0406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4713f671c447449b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f8ad4eb76848ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50526d3540d34566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4887b41f675423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f8ad4eb76848ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe62e2352d514a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50526d3540d34566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models USA &amp; ROW 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>182,566</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,797</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>183,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>