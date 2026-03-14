--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4713f671c447449b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raafa6f2ad4634ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50526d3540d34566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a8832886f234797"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe62e2352d514a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50526d3540d34566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4996146a87d74785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a8832886f234797" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models USA &amp; ROW 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,585</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>179,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,886</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>