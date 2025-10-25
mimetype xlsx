--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf98cd122724742" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e912d4bfe524969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7cc1232775498e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567692d560354175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afc86aa21824750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7cc1232775498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4221bf83de34606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567692d560354175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>must have bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,890</x:t>
-[...495 lines deleted...]
-          <x:t>132,199</x:t>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>