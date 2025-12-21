--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e912d4bfe524969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc4ad6268e2a4b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567692d560354175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27eb177196f64b5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4221bf83de34606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567692d560354175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202a5262b2444ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27eb177196f64b5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>must have bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,315</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>