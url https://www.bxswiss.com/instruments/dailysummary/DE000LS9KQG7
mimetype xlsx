--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc4ad6268e2a4b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d41262e349d4847" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27eb177196f64b5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5256934f036e4160"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202a5262b2444ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27eb177196f64b5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1727cda339b84afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5256934f036e4160" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>must have bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>137,249</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,855</x:t>
-[...264 lines deleted...]
-          <x:t>137,815</x:t>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>135,867</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>