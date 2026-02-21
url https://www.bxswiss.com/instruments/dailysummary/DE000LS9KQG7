--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d41262e349d4847" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74d3392937f4c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5256934f036e4160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree674fb602f64eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1727cda339b84afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5256934f036e4160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c205da49d94544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree674fb602f64eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>must have bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>135,752</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>138,938</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>