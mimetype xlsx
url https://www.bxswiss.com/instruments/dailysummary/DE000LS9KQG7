--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74d3392937f4c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a4935346db4746" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree674fb602f64eb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ecff12153a42a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c205da49d94544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree674fb602f64eb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfca9180695a4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ecff12153a42a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>must have bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>