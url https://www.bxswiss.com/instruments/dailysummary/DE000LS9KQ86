--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5027c0cb4464031" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09525c775f51483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd6f2fc70d54af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40877ad096f4e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R611b0e50755440e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd6f2fc70d54af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R296dcaed0d114a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40877ad096f4e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>152,143</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,885</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>152,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,922</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>