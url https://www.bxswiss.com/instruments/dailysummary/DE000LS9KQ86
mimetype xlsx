--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09525c775f51483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2fb69e8b6e462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40877ad096f4e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeef6075d5754651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R296dcaed0d114a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40877ad096f4e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6956bf87fce4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeef6075d5754651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>153,777</x:t>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,144</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>