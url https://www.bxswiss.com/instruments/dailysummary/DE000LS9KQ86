--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2fb69e8b6e462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2724ab64069455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeef6075d5754651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e346bfe11044066"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6956bf87fce4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeef6075d5754651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R120da855a1304243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e346bfe11044066" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>153,379</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>