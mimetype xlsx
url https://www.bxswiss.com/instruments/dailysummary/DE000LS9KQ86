--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2724ab64069455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra946e8f4f9184bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e346bfe11044066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e0ef0a6a494e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R120da855a1304243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e346bfe11044066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a47f7ac8744762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e0ef0a6a494e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>154,097</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,004</x:t>
-[...210 lines deleted...]
-          <x:t>156,766</x:t>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,315</x:t>
-[...188 lines deleted...]
-          <x:t>159,225</x:t>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>