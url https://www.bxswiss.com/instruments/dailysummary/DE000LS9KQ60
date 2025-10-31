--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f282d76c8544bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea453cb2193d4efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refe971248e7645e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3114b0fa9e54178"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459a82a3cf0f4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refe971248e7645e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3148eac02ce34f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3114b0fa9e54178" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selbstläufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,638</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>133,656</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>