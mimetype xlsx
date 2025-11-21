--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea453cb2193d4efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a9f1508aa34ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3114b0fa9e54178"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0cdd995da5d4fe2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3148eac02ce34f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3114b0fa9e54178" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a170468ccbb4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0cdd995da5d4fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selbstläufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>131,780</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,116</x:t>
-[...301 lines deleted...]
-          <x:t>132,003</x:t>
+          <x:t>132,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>