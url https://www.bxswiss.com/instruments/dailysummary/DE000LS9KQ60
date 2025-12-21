--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a9f1508aa34ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e1dd7152914bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0cdd995da5d4fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88b04dfd01e44001"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a170468ccbb4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0cdd995da5d4fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176b790b7ded4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88b04dfd01e44001" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selbstläufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>