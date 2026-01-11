--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e1dd7152914bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab5ef6268104cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88b04dfd01e44001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a9eabcab5d4396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176b790b7ded4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88b04dfd01e44001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9614ed244764675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a9eabcab5d4396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selbstläufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>