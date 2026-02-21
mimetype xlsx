--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab5ef6268104cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3f2718d27b433a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a9eabcab5d4396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a953d90bde4d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9614ed244764675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a9eabcab5d4396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf56f16cbcf6e4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a953d90bde4d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selbstläufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,568</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>