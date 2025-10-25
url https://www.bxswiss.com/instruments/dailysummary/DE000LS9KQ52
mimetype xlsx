--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924658783c38467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c716b93af2e4d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R931864f316664ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49da3223cc7e4a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9184c4f789494550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R931864f316664ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ee4a67849f4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49da3223cc7e4a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten 2te Reihe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>124,604</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,799</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>125,129</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,980</x:t>
-[...355 lines deleted...]
-          <x:t>126,334</x:t>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>