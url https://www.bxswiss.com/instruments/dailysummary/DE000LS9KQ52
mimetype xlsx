--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c716b93af2e4d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48dfc05a05c34e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49da3223cc7e4a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e036313f1624878"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ee4a67849f4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49da3223cc7e4a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d81036feb2484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e036313f1624878" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten 2te Reihe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>