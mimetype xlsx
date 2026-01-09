--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48dfc05a05c34e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9beee92baaf5470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e036313f1624878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc5f6508ba024b47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d81036feb2484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e036313f1624878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3604ab84320c4e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc5f6508ba024b47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten 2te Reihe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,368</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>