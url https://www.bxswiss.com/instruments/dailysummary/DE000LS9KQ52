--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9beee92baaf5470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33a34fe30764e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc5f6508ba024b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961b58c85f0e4bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3604ab84320c4e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc5f6508ba024b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a59a45ca2cb47a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961b58c85f0e4bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten 2te Reihe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...443 lines deleted...]
-          <x:t>131,568</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,128</x:t>
-[...4 lines deleted...]
-          <x:t>131,985</x:t>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>