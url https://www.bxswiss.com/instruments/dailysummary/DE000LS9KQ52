--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33a34fe30764e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ac1d48e93847ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961b58c85f0e4bb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbc62d2d0f3f4ae9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a59a45ca2cb47a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961b58c85f0e4bb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b186c0e438446ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbc62d2d0f3f4ae9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten 2te Reihe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>