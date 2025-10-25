--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59597b81929d4dc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a63a409c264486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543ea3c9782d402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b6e3679db74a5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e72d7a93294dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543ea3c9782d402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b712e8d7ca4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b6e3679db74a5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Pharma - Buy what you need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>