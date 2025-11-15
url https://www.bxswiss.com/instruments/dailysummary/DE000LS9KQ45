--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a63a409c264486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c262b71ef654404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b6e3679db74a5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab52300389c4ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b712e8d7ca4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b6e3679db74a5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1257ceb28595496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab52300389c4ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Pharma - Buy what you need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>