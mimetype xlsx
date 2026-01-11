--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c262b71ef654404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97938f3052b40b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab52300389c4ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a1c1273b1048a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1257ceb28595496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab52300389c4ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0aebfadc66448c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a1c1273b1048a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Pharma - Buy what you need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,404 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,416</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>