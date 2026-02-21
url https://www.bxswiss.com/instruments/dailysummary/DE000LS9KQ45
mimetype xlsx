--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97938f3052b40b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f2c1944ee64b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a1c1273b1048a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8514e723065e447a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0aebfadc66448c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a1c1273b1048a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cb03736f7fa48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8514e723065e447a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Pharma - Buy what you need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...194 lines deleted...]
-          <x:t>170,655</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,183</x:t>
-[...166 lines deleted...]
-          <x:t>173,444</x:t>
+          <x:t>172,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>