--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f2c1944ee64b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7caa30fb3649b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8514e723065e447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813210d945594daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cb03736f7fa48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8514e723065e447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcffac561215a459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813210d945594daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Pharma - Buy what you need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>