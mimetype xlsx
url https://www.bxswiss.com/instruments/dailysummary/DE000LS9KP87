--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b21ef499d44b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81135cd16b0c4771" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3bcc0747114347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a49e636a474b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ae80153b0ae41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3bcc0747114347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b3337755bd4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a49e636a474b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf dem Holzweg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>125,915</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,092</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>122,918</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>