--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81135cd16b0c4771" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7a9a1bfaed4941" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a49e636a474b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1665d54d798c4834"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b3337755bd4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a49e636a474b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82f804f7e874f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1665d54d798c4834" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf dem Holzweg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,486</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>123,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,553</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>