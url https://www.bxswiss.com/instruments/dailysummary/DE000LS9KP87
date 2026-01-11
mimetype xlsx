--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7a9a1bfaed4941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f556a8631194fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1665d54d798c4834"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3a56082534c4705"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82f804f7e874f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1665d54d798c4834" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d88ff734334b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3a56082534c4705" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf dem Holzweg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,893</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>