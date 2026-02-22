--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f556a8631194fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03824dbaf24a4d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3a56082534c4705"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557024d229c54abd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d88ff734334b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3a56082534c4705" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f34ae84fc14e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557024d229c54abd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf dem Holzweg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,527</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>