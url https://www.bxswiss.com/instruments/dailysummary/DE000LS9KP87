--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03824dbaf24a4d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf828414164494ba2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557024d229c54abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c8b92b3669482f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f34ae84fc14e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557024d229c54abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79401d0346b046df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c8b92b3669482f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf dem Holzweg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>