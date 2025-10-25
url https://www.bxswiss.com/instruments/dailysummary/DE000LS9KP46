--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847cb436bb164464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fed2dbefca84247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeb6a903fd3f4ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03f6568f61e4f59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R750145276dce4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeb6a903fd3f4ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e98268c02648be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03f6568f61e4f59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Qualitätstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>