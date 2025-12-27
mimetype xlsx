--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fed2dbefca84247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981f862be2d34d4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03f6568f61e4f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5548484f9c5e4a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e98268c02648be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03f6568f61e4f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff6e008229e4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5548484f9c5e4a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Qualitätstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>199,832</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>