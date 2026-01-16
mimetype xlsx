--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981f862be2d34d4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1803972ac24a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5548484f9c5e4a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146b428f3620420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff6e008229e4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5548484f9c5e4a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb546716eedb4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146b428f3620420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Qualitätstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>