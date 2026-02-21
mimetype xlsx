--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1803972ac24a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0935daad05f4454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146b428f3620420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57146cca7cd3446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb546716eedb4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146b428f3620420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925ab74913714a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57146cca7cd3446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Qualitätstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>201,979</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,550</x:t>
-[...323 lines deleted...]
-          <x:t>203,471</x:t>
+          <x:t>199,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>