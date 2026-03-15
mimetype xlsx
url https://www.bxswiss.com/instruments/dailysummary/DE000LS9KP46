--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0935daad05f4454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7f7b4818bf433b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57146cca7cd3446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2604d274044c4d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925ab74913714a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57146cca7cd3446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582fd8d4fd854d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2604d274044c4d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Qualitätstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>