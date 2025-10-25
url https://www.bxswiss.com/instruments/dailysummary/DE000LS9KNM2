--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741c4f5b78614fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36cba0d50264e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53f4fe8004414979"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11c696a986244ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0d6763113c4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53f4fe8004414979" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b061de4c8984ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11c696a986244ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG und Co.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>516,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>