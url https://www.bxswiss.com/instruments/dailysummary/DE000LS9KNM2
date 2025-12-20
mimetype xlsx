--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36cba0d50264e19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b683b040ceb4560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11c696a986244ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fddec91fba94c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b061de4c8984ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11c696a986244ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6bebc0cd5742af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fddec91fba94c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG und Co.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>532,364</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>