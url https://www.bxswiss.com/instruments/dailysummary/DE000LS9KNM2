--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b683b040ceb4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c656d92be62417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fddec91fba94c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa560913f5f0470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6bebc0cd5742af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fddec91fba94c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa40b4e8c6b243a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa560913f5f0470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG und Co.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>516,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>