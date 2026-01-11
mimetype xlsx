--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c656d92be62417a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca6119c3b0044d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa560913f5f0470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74dd9c504e64bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa40b4e8c6b243a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa560913f5f0470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345b58d48e9b41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74dd9c504e64bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG und Co.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>548,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>540,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>543,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>533,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>