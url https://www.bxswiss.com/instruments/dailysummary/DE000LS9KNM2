--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca6119c3b0044d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14ea4cf1f2948a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74dd9c504e64bb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4563ba9189d407f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345b58d48e9b41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74dd9c504e64bb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2833286d6682405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4563ba9189d407f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG und Co.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>571,213</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>