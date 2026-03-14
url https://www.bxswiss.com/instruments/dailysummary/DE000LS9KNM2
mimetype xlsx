--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14ea4cf1f2948a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f47de6c79e14d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4563ba9189d407f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aac979b43814ea3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2833286d6682405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4563ba9189d407f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc450cc4c092c4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aac979b43814ea3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FANG und Co.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>549,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>549,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>539,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>551,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>