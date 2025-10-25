--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11af8d02cf6a47b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901ea68d4f504529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc70e1d7796846e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ab5b6c8cf44943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra85d63d86da04d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc70e1d7796846e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab94f8f5a1b42cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ab5b6c8cf44943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ackermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>