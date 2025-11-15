--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901ea68d4f504529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21410522594d45e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ab5b6c8cf44943"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5dc91a588c646ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab94f8f5a1b42cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ab5b6c8cf44943" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8a791032044769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5dc91a588c646ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ackermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>