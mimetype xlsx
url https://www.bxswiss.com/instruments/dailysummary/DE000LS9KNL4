--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21410522594d45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec0a93a4e6e42eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5dc91a588c646ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ac4b5dad584385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8a791032044769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5dc91a588c646ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb064c712b2994cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ac4b5dad584385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ackermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>163,034</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,367</x:t>
-[...58 lines deleted...]
-          <x:t>160,416</x:t>
+          <x:t>163,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>