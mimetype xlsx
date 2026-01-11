--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec0a93a4e6e42eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1178d840bb49d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ac4b5dad584385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a84d99527f473a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb064c712b2994cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ac4b5dad584385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab5cce53386f4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a84d99527f473a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ackermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>