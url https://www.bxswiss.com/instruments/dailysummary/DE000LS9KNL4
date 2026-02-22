--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1178d840bb49d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529221f6a5e243c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a84d99527f473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48fa985a4b80424a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab5cce53386f4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a84d99527f473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52434357b73e4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48fa985a4b80424a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ackermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>168,280</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>