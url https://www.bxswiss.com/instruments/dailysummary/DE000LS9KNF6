--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R966eed19fa4d46a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee6956763c3405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4341752f2b244a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87fee356c7ee45b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d1eb0c4b1d44bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4341752f2b244a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a1d6f0611d4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87fee356c7ee45b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Top 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>338,741</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>336,691</x:t>
-[...16 lines deleted...]
-          <x:t>344,347</x:t>
+          <x:t>334,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>343,865</x:t>
-[...566 lines deleted...]
-          <x:t>336,311</x:t>
+          <x:t>336,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>