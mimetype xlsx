--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee6956763c3405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a1d340313b7467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87fee356c7ee45b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc113177d541e49bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a1d6f0611d4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87fee356c7ee45b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362af44629d8459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc113177d541e49bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Top 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>342,242</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>