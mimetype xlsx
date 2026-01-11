--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a1d340313b7467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac347ed33cd446f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc113177d541e49bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc905567192934a23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362af44629d8459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc113177d541e49bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a99c2e8fea74d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc905567192934a23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Top 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,504</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>