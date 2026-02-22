--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac347ed33cd446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138bec9c56be44cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc905567192934a23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bb631604904b3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a99c2e8fea74d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc905567192934a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f68e0969b9e40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bb631604904b3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Top 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>350,464</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>