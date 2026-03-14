--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138bec9c56be44cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660b6a89d927496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bb631604904b3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96137ff2518f48fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f68e0969b9e40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bb631604904b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59bd0e687a284f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96137ff2518f48fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Top 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>