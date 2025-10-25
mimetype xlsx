--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73f5061da994feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re642eec8f7c845b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ede46ec4654c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd840be06c785490c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbac27cc42e84439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ede46ec4654c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41de8029f564c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd840be06c785490c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuemissionen World wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>55,429</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,547</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>55,663</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,679</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>55,226</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,011</x:t>
-[...80 lines deleted...]
-          <x:t>55,293</x:t>
+          <x:t>55,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>