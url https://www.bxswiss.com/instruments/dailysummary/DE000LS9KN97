--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re642eec8f7c845b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441c6426b6214503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd840be06c785490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3341a1392da41be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41de8029f564c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd840be06c785490c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R130321b6d085436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3341a1392da41be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuemissionen World wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>54,402</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>