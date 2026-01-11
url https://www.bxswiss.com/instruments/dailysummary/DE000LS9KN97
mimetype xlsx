--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441c6426b6214503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cbde8b568634b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3341a1392da41be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d76e687ddb64c76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R130321b6d085436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3341a1392da41be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0ad85b93254cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d76e687ddb64c76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuemissionen World wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,544</x:t>
-[...252 lines deleted...]
-          <x:t>53,744</x:t>
+          <x:t>53,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>