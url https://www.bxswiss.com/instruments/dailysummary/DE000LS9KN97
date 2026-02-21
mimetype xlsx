--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cbde8b568634b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78196b2a2b446cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d76e687ddb64c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2806845bb8427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0ad85b93254cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d76e687ddb64c76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R555416140004438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2806845bb8427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuemissionen World wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>54,012</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,054</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>54,998</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>