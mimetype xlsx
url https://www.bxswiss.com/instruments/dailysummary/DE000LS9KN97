--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78196b2a2b446cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree45e16acce94879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2806845bb8427c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ace4cb3f6840da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R555416140004438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2806845bb8427c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f6dade8b9d94fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ace4cb3f6840da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuemissionen World wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>