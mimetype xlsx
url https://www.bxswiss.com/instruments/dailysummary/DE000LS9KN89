--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7824799f7ef646f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805dbe4225754541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bcb86a5d994324"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141dc615131c412d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8d0618a3f4c4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bcb86a5d994324" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d473c54c8ea453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141dc615131c412d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Buffet/Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>16,442</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,456</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>16,278</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>