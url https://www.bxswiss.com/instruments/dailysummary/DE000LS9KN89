--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805dbe4225754541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re182d5f2f82248a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141dc615131c412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e8a9292bc94155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d473c54c8ea453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141dc615131c412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e5b721645c04fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e8a9292bc94155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Buffet/Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,427</x:t>
-[...58 lines deleted...]
-          <x:t>16,361</x:t>
+          <x:t>16,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...359 lines deleted...]
-          <x:t>16,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,364</x:t>
-[...85 lines deleted...]
-          <x:t>16,432</x:t>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>