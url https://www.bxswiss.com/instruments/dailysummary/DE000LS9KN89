--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re182d5f2f82248a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cac781c7c52462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e8a9292bc94155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d009b7cdfe64871"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e5b721645c04fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e8a9292bc94155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2819c11e10d4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d009b7cdfe64871" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Buffet/Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>16,364</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,528</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>16,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,576</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>04.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,678</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>16,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...262 lines deleted...]
-          <x:t>16,523</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>