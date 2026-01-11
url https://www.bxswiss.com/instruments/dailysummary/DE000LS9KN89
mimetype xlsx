--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cac781c7c52462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e05a663fc14450a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d009b7cdfe64871"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe37daddd5f46f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2819c11e10d4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d009b7cdfe64871" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ee6a4ee7854f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe37daddd5f46f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Buffet/Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>16,688</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,642</x:t>
-[...485 lines deleted...]
-          <x:t>16,644</x:t>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>