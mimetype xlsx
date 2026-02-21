--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e05a663fc14450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a457c0cc6df4626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe37daddd5f46f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a959f8578854e94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7ee6a4ee7854f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe37daddd5f46f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc741ac0fc6e149e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a959f8578854e94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Buffet/Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>16,583</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,594</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,620</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>16,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>