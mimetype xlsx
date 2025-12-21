--- v0 (2025-10-07)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5524cfedcd64633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79c4c0fb77245a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8039bde72a34be8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e3392fa209843d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5657b64d72eb4266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8039bde72a34be8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c24fee93f0341a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e3392fa209843d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FundamentalTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>111,846</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>