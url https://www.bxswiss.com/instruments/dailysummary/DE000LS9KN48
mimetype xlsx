--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79c4c0fb77245a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5381bd5a0ab64a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e3392fa209843d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re612eb0319a84dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c24fee93f0341a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e3392fa209843d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re20189544d54452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re612eb0319a84dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FundamentalTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>