--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5381bd5a0ab64a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2f9781704494116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re612eb0319a84dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc262688a2a4c39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re20189544d54452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re612eb0319a84dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc802ebb0735e4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc262688a2a4c39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FundamentalTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>123,635</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>