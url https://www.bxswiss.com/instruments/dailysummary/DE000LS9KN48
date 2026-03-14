--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2f9781704494116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re829e4619a414bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc262688a2a4c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d21aa642f3c4a57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc802ebb0735e4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc262688a2a4c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07c2acfb59794d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d21aa642f3c4a57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FundamentalTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,177</x:t>
-[...468 lines deleted...]
-          <x:t>121,100</x:t>
+          <x:t>127,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>