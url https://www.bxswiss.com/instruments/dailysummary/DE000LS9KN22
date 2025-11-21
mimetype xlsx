--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e88aa4647604599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c8157f2f064d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b267b67831c4f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8cd582336a4764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca467d27ca2e4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b267b67831c4f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ce2f00f1924efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8cd582336a4764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold - Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>