--- v1 (2025-11-21)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c8157f2f064d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03b8422184245a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8cd582336a4764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73ac1825b744563"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ce2f00f1924efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8cd582336a4764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4733cd94f3b146e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73ac1825b744563" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold - Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>