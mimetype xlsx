--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03b8422184245a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbce476d2174a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73ac1825b744563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae96f4c936014924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4733cd94f3b146e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73ac1825b744563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbd2a1e3dd74fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae96f4c936014924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold - Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>