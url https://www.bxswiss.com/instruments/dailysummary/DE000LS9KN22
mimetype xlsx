--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbce476d2174a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9602c9325d0d4658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae96f4c936014924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcebadd06857546f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbd2a1e3dd74fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae96f4c936014924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1532abd38e4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcebadd06857546f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold - Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,389</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>