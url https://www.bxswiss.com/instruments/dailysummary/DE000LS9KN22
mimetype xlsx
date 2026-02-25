--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9602c9325d0d4658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110949d16fcd4112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcebadd06857546f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radaacbc277394df3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1532abd38e4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcebadd06857546f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873e3798ef8c48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radaacbc277394df3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold - Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>