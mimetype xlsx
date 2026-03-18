--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110949d16fcd4112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb506f64b8ea4dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radaacbc277394df3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c57d4dacee4f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873e3798ef8c48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radaacbc277394df3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4444847968d4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c57d4dacee4f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold - Minenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>