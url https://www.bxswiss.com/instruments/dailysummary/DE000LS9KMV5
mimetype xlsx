--- v0 (2025-11-01)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a4e13561a24d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539d24f590de4a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b90409610a412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc1d1f5057c458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7a4d0aaf0042bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b90409610a412c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b9a064693e04a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc1d1f5057c458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>51,906</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>