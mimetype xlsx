--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539d24f590de4a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760b463f78354543" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc1d1f5057c458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934663458e8c4257"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b9a064693e04a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc1d1f5057c458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re66df365e5ad477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934663458e8c4257" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>55,291</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>