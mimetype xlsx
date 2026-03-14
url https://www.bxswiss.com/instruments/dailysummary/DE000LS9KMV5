--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760b463f78354543" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf489e29824364612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934663458e8c4257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8994bb3f38124752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re66df365e5ad477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934663458e8c4257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba807f545614610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8994bb3f38124752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>55,547</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,858</x:t>
-[...517 lines deleted...]
-          <x:t>56,138</x:t>
+          <x:t>55,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>