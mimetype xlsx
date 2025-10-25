--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd20a76b751e54ca6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b10062477454e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7740678fb948a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602fdd783e6c4c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52735b1f1a604850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7740678fb948a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffae922b28c046b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602fdd783e6c4c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalStockDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>