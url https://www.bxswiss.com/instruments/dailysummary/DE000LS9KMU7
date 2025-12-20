--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b10062477454e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R927a7e377d5f4ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602fdd783e6c4c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a179dc6e524856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffae922b28c046b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602fdd783e6c4c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b391051f1b43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a179dc6e524856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalStockDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,999</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>