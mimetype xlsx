--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R927a7e377d5f4ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72bb217f94e4e6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a179dc6e524856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d9a4f3efc841a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b391051f1b43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a179dc6e524856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fdfc5a811a442ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d9a4f3efc841a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalStockDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>178,401</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,014</x:t>
-[...350 lines deleted...]
-          <x:t>176,820</x:t>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>