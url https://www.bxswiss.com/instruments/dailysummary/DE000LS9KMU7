--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72bb217f94e4e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d11c4e491e04cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d9a4f3efc841a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c1228feffa4712"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fdfc5a811a442ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d9a4f3efc841a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf3ab0723a14f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c1228feffa4712" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalStockDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,050</x:t>
-[...360 lines deleted...]
-          <x:t>178,493</x:t>
+          <x:t>178,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>