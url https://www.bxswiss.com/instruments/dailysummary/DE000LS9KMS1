--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f70a6bb32a74189" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5858598a721e4e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R563dc2b075a74e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfaf7b77dde4736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ec365ae86f473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R563dc2b075a74e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e8975944d9f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfaf7b77dde4736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertet u/o Unterschätzt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>