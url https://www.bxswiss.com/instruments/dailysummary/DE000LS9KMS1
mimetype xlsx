--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5858598a721e4e86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204657abd4d445e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfaf7b77dde4736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re79e764fe4204316"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e8975944d9f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfaf7b77dde4736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6976548ed2834211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re79e764fe4204316" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertet u/o Unterschätzt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>186,488</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>