--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204657abd4d445e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7cc5b0e938b4fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re79e764fe4204316"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8303db1cd24fc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6976548ed2834211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re79e764fe4204316" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1185bece67a4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8303db1cd24fc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertet u/o Unterschätzt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>