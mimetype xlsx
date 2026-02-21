--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7cc5b0e938b4fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f9ef6f586904a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8303db1cd24fc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18620c6de0204cbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1185bece67a4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8303db1cd24fc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6213aff50124277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18620c6de0204cbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertet u/o Unterschätzt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>174,531</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>179,788</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>