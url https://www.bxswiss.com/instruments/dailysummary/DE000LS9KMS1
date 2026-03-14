--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f9ef6f586904a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R628c9be12ead4967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18620c6de0204cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red9a1a8e0e7b44fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6213aff50124277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18620c6de0204cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79bb4e58f915499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red9a1a8e0e7b44fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertet u/o Unterschätzt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>