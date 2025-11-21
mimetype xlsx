--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda7581fc5724bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1add18575744361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcda403471edf4142"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raccbf3a3f8354dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9059744a6def407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcda403471edf4142" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c6528e631e43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raccbf3a3f8354dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Europe Quant-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,896</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>174,047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,699</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>