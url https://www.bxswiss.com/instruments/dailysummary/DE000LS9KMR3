--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1add18575744361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbece0a674ef44fea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raccbf3a3f8354dba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67deeaa920bc416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c6528e631e43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raccbf3a3f8354dba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R321b693de5b9446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67deeaa920bc416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Europe Quant-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>