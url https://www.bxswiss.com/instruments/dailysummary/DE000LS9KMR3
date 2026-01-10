--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbece0a674ef44fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra032a1c854ab4c36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67deeaa920bc416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ef511d250b4792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R321b693de5b9446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67deeaa920bc416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8276f817f04dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ef511d250b4792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Europe Quant-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>179,744</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>179,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,952</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>