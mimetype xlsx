--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra032a1c854ab4c36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32cfbb67c964ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ef511d250b4792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5488c52e65cc461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8276f817f04dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ef511d250b4792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d5d433dcc140e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5488c52e65cc461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Europe Quant-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>177,459</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>