--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32cfbb67c964ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aac552200b3445d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5488c52e65cc461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b8d1f545a24cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d5d433dcc140e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5488c52e65cc461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f93ed624fc4601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b8d1f545a24cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Europe Quant-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>