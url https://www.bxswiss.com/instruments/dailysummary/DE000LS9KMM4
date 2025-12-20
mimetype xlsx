--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31600b043ab4ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87198e1e4034eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7027e1449ef4c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037a96d038264080"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e88eb2bce234f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7027e1449ef4c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47835fba30e446e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037a96d038264080" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Blue Ship</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,672</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>