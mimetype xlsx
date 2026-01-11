--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87198e1e4034eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d142aa884494054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037a96d038264080"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bbaef95ad15413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47835fba30e446e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037a96d038264080" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6d02d997a34178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bbaef95ad15413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Blue Ship</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>174,006</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,946</x:t>
-[...48 lines deleted...]
-          <x:t>174,616</x:t>
+          <x:t>174,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,330</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>174,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,034</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>