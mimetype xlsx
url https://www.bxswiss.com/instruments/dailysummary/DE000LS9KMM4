--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d142aa884494054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb83f589e2c476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bbaef95ad15413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee7c79097fb42d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6d02d997a34178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bbaef95ad15413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2034e1acedca4274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee7c79097fb42d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Blue Ship</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>177,303</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>