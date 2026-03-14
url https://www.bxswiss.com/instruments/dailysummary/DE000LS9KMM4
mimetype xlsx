--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb83f589e2c476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56164c4a5e94eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee7c79097fb42d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbd73dfb3614729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2034e1acedca4274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee7c79097fb42d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02ccc9346dc46d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbd73dfb3614729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Blue Ship</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>