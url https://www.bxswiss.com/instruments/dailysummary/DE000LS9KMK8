--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953f7fb98801461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a28f062f94496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99526b29e45b4733"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5910289ffed4c3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c8747a5dd164526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99526b29e45b4733" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b508b7a8a0a4fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5910289ffed4c3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aller Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>98,355</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>99,560</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>