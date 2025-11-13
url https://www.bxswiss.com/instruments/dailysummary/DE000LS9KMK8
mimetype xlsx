--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a28f062f94496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3354caacdb644530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5910289ffed4c3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d7a4afa7fdd4edc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b508b7a8a0a4fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5910289ffed4c3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83bd62a0a5b749ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d7a4afa7fdd4edc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aller Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>