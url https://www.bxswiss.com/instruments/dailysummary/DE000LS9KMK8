--- v2 (2025-11-13)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3354caacdb644530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5f72b6886b4c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d7a4afa7fdd4edc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra107d87566404631"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83bd62a0a5b749ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d7a4afa7fdd4edc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93a3a0b610c34e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra107d87566404631" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aller Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,350</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>