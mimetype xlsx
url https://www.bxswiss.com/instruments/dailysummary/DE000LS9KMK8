--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5f72b6886b4c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e691fe03d84329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra107d87566404631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f3caa9b7164793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93a3a0b610c34e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra107d87566404631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6359371feb844fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f3caa9b7164793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aller Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>102,605</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>