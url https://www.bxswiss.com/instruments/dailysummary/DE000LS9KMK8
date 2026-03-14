--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e691fe03d84329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5101ff4102c64613" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f3caa9b7164793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7521cb171f4136"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6359371feb844fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f3caa9b7164793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d60fcfa07d941be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7521cb171f4136" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aller Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>99,784</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,229</x:t>
-[...146 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>101,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,350</x:t>
-[...301 lines deleted...]
-          <x:t>101,041</x:t>
+          <x:t>100,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>