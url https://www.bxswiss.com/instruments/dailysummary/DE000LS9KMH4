--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0dab501ab645cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2658aa3deeac40b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b7aa9b250149a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d750ccdcdfe469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bacfc2f7da7499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b7aa9b250149a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R669a582bf98a45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d750ccdcdfe469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Rüstungstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>