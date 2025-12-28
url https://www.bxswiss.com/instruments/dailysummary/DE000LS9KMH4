--- v1 (2025-10-25)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2658aa3deeac40b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R946771148e1346e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d750ccdcdfe469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14135a86b5174b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R669a582bf98a45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d750ccdcdfe469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a6aee5d4c0c4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14135a86b5174b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Rüstungstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>223,126</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>