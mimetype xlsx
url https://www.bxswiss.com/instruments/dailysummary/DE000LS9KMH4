--- v2 (2025-12-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R946771148e1346e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c565ed9f63417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14135a86b5174b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R237db04e9303417d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a6aee5d4c0c4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14135a86b5174b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa8d92acdb44c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R237db04e9303417d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Rüstungstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>209,449</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>