--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c565ed9f63417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea919472844486c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R237db04e9303417d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5feff7015c4047eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa8d92acdb44c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R237db04e9303417d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f8bb5a2f3424c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5feff7015c4047eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Rüstungstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>