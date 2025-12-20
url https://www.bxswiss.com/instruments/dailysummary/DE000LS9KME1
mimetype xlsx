--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5e242f7ae24118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re613618563e04f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9cdd7d6f7914551"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R642f09147b2545c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5507a5fce742ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9cdd7d6f7914551" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7611ae215d5e4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R642f09147b2545c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KME1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>341,796</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>