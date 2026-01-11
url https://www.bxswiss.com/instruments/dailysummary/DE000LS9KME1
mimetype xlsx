--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re613618563e04f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae2576c08ba4f73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R642f09147b2545c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f70a4bbd744b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7611ae215d5e4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R642f09147b2545c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2b5ec2b5ad4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f70a4bbd744b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KME1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>354,615</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,948</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...361 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,146</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>