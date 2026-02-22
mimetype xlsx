--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae2576c08ba4f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f87d37b15a24a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f70a4bbd744b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebc21e779014e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2b5ec2b5ad4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f70a4bbd744b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2da34e365e4fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebc21e779014e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KME1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>367,322</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>