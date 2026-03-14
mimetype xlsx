--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f87d37b15a24a32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d09c38abaec46d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebc21e779014e50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddaf9b1e92c24ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2da34e365e4fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebc21e779014e50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb52c2259fd7040eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddaf9b1e92c24ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KME1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>