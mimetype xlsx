--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5630a7fad8454fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b39527b69e44f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46405119f30542d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56278b9af6e0452f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a03533dcb184202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46405119f30542d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a629dbc2b44384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56278b9af6e0452f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Light Version nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>200,151</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>