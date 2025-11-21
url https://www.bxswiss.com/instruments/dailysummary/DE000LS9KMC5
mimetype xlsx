--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b39527b69e44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b7b5deba474ba2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56278b9af6e0452f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b05f6879bcf4d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a629dbc2b44384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56278b9af6e0452f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd320715ce3b4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b05f6879bcf4d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Light Version nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>