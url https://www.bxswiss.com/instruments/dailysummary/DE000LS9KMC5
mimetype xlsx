--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b7b5deba474ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2e6bf6e4364ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b05f6879bcf4d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafff4314fd314c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd320715ce3b4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b05f6879bcf4d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2887d42e4fec4b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafff4314fd314c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Light Version nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>199,075</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>