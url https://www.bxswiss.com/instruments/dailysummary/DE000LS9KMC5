--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2e6bf6e4364ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf204a2ae6b374a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafff4314fd314c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R012978a4be214c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2887d42e4fec4b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafff4314fd314c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd2627b9ab94c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R012978a4be214c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Light Version nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>199,715</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>