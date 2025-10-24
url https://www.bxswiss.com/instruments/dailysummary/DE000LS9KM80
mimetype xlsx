--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c31d9af4c6142c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5216f4d7ed4a4ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52e293ad68c4135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef91a05ee9347cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457ef32db2fc4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52e293ad68c4135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra809b6cdf5694c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef91a05ee9347cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA VerkehrsWelt Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>