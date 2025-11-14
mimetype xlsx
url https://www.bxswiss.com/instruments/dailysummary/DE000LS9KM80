--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5216f4d7ed4a4ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R298c5b4a32294d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef91a05ee9347cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ef099adf534c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra809b6cdf5694c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef91a05ee9347cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d24d0258aef4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ef099adf534c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA VerkehrsWelt Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>