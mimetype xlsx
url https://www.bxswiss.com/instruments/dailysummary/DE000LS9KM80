--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R298c5b4a32294d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa3557a04444c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ef099adf534c28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eabd584705e4fed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d24d0258aef4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ef099adf534c28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf97b5188bf84dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eabd584705e4fed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA VerkehrsWelt Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>136,464</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,290</x:t>
-[...11 lines deleted...]
-          <x:t>136,750</x:t>
+          <x:t>134,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,565</x:t>
-[...124 lines deleted...]
-          <x:t>135,315</x:t>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,308</x:t>
-[...166 lines deleted...]
-          <x:t>132,740</x:t>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>