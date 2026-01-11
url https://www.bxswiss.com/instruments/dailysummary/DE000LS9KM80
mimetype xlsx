--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa3557a04444c1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd237314c49de489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eabd584705e4fed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9156625e22ff4e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf97b5188bf84dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eabd584705e4fed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81fc1bd38d1e46bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9156625e22ff4e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA VerkehrsWelt Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>