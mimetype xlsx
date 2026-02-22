--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd237314c49de489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63245df9ce2c4a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9156625e22ff4e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a44c7a8820749b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81fc1bd38d1e46bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9156625e22ff4e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4513f75f1f242ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a44c7a8820749b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA VerkehrsWelt Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>141,342</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>