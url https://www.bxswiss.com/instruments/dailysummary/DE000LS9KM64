--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e9da9143cd4fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da2ba36f86742b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc44724d3b1754954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4c5bc3c2314651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd983d676a9794579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc44724d3b1754954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b1a4e32ee24ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4c5bc3c2314651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>