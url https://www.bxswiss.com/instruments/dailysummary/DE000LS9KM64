--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da2ba36f86742b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604234ed236c4e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4c5bc3c2314651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759b0d2bd7344d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b1a4e32ee24ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4c5bc3c2314651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R945ea9a0b95f44bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759b0d2bd7344d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>