--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604234ed236c4e55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8841083eb92d4825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759b0d2bd7344d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d61195f1c4642ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R945ea9a0b95f44bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759b0d2bd7344d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79587255aa24e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d61195f1c4642ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...625 lines deleted...]
-          <x:t>253,317</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,502</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>249,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>