--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8841083eb92d4825" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0192bc0bd6fe4f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d61195f1c4642ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dba9474feca44a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79587255aa24e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d61195f1c4642ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33768108fa5540e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dba9474feca44a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>254,896</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>