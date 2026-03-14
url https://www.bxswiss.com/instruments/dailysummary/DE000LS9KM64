--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0192bc0bd6fe4f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3067d1684040f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dba9474feca44a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf30fdc7f59d4014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33768108fa5540e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dba9474feca44a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712f3ed44f7145fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf30fdc7f59d4014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>