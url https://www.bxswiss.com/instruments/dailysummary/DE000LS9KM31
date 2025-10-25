--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06aa512eb9274077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff61bf91c2e4bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce816cf9c3984e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d0aff1e0534ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf83f88e74a2441ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce816cf9c3984e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf4be4641744370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d0aff1e0534ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAE Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>