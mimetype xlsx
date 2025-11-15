--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff61bf91c2e4bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89982ccf55524e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d0aff1e0534ff5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe05e9705864bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf4be4641744370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d0aff1e0534ff5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e1daadcc2841d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe05e9705864bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAE Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>196,016</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,117</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>192,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,915</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>