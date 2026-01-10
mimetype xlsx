--- v2 (2025-11-15)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89982ccf55524e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1c1b0d45f0439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe05e9705864bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8c6c9c11a642f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e1daadcc2841d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe05e9705864bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe9132d87fb4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8c6c9c11a642f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAE Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>195,770</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>