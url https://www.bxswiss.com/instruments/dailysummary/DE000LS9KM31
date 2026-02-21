--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1c1b0d45f0439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4d997a7c194b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8c6c9c11a642f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8130ba04d2ac47c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe9132d87fb4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8c6c9c11a642f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c480e0f7c064313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8130ba04d2ac47c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAE Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>194,131</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>