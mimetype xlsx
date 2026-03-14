--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4d997a7c194b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea17fd63794a43d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8130ba04d2ac47c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca3c7f4f3434d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c480e0f7c064313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8130ba04d2ac47c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c9ca60f110f4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca3c7f4f3434d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAE Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>