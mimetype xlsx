--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482f4850f6c74464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741625fa741f4dfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c753ee716b448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2371878ccd664e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5f7d61ad2d45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c753ee716b448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d38774fab9418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2371878ccd664e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien: Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>