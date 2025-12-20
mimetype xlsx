--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741625fa741f4dfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b31cf5d9a44121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2371878ccd664e8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R780cea88f3b6472e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d38774fab9418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2371878ccd664e8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c68b38943a74d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R780cea88f3b6472e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien: Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...625 lines deleted...]
-          <x:t>210,433</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,119</x:t>
-[...4 lines deleted...]
-          <x:t>210,724</x:t>
+          <x:t>212,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>