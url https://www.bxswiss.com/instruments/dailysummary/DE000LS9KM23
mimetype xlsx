--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b31cf5d9a44121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab09e35b5d2c46b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R780cea88f3b6472e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdcb75d5929b4572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c68b38943a74d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R780cea88f3b6472e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3398800e4f4c4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdcb75d5929b4572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien: Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>