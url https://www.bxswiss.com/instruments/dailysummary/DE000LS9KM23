--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab09e35b5d2c46b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ec90677dfa4312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdcb75d5929b4572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107f7ff5936c403f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3398800e4f4c4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdcb75d5929b4572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0069030b5e483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107f7ff5936c403f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien: Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>213,849</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,696</x:t>
-[...355 lines deleted...]
-          <x:t>215,677</x:t>
+          <x:t>214,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>