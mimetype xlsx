--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ec90677dfa4312" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3814587ede7f43e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107f7ff5936c403f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a4fbd180a34773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0069030b5e483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107f7ff5936c403f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8566f5bc5c03483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a4fbd180a34773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien: Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>