--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625e12b161084925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0cce6ac9c8440d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13339111256c4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c19d2d1eb74a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee4e80f44994eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13339111256c4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140a3d1d5bb1445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c19d2d1eb74a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>