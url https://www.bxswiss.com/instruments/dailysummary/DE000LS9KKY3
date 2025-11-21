--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0cce6ac9c8440d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72bbf31372654744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c19d2d1eb74a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61a1544a74cf4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140a3d1d5bb1445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c19d2d1eb74a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb571cd9fc9c94c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61a1544a74cf4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>