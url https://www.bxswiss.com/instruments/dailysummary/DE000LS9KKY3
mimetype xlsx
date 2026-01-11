--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72bbf31372654744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f6f0f867f34672" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61a1544a74cf4c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1621aef2441a4bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb571cd9fc9c94c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61a1544a74cf4c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1389918c27284ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1621aef2441a4bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>354,454</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>