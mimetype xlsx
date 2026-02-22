--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f6f0f867f34672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra19aa125c9c0434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1621aef2441a4bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb44580404d4a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1389918c27284ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1621aef2441a4bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3adaa6828f24876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb44580404d4a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>403,278</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>