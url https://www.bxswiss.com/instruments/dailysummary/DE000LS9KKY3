--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra19aa125c9c0434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R054c4d55ffbd4f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb44580404d4a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e4972041eb14d46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3adaa6828f24876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb44580404d4a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67213382974b49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e4972041eb14d46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>