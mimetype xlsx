--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe7a8f2a5ca40eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a57235b37674bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93057219c99849df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6606e05cf86f47f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb58605205dc74716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93057219c99849df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9179ae3f019c4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6606e05cf86f47f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,367</x:t>
-[...171 lines deleted...]
-          <x:t>194,854</x:t>
+          <x:t>193,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>