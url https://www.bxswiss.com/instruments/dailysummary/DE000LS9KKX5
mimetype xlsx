--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a57235b37674bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2eb60932206480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6606e05cf86f47f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a5842fb3f54702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9179ae3f019c4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6606e05cf86f47f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R182d6adc69424dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a5842fb3f54702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>