--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2eb60932206480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0ac9b4ecf644906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a5842fb3f54702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25938c5e46e54210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R182d6adc69424dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a5842fb3f54702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa0f39172d240be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25938c5e46e54210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>