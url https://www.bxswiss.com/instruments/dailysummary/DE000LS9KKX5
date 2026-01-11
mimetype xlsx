--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0ac9b4ecf644906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f06066df05245df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25938c5e46e54210"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396cbc117d264108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa0f39172d240be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25938c5e46e54210" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1aa28b033f4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396cbc117d264108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>