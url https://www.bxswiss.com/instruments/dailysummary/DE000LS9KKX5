--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f06066df05245df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bfa3612ba54311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396cbc117d264108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R873276e5d69c4496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1aa28b033f4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396cbc117d264108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc309f9ef89a045e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R873276e5d69c4496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>190,727</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>