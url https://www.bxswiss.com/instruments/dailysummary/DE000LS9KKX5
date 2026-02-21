--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bfa3612ba54311" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8e4e6a14ac43d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R873276e5d69c4496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85d698fab01b4cdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc309f9ef89a045e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R873276e5d69c4496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936a46edbb0849cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85d698fab01b4cdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>