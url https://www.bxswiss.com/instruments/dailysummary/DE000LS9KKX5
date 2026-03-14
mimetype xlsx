--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f8e4e6a14ac43d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e954d649fb74938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85d698fab01b4cdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44d6347c245c4e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936a46edbb0849cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85d698fab01b4cdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30bb2a7b0ae14658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44d6347c245c4e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>