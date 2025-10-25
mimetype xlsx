--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a6f6b62b984aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5606f1f4904d8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59cae417ff014792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81409a0b4abf4fa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd344e3a8ec4431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59cae417ff014792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R504b2c1a2c064538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81409a0b4abf4fa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,042</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,748</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>