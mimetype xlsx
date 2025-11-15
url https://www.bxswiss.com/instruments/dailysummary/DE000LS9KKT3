--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5606f1f4904d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf190e900d73b4bdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81409a0b4abf4fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fbc2892e824311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R504b2c1a2c064538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81409a0b4abf4fa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb189a2970ae94c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fbc2892e824311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>