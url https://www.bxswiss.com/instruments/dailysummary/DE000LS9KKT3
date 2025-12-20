--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf190e900d73b4bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6383f7f36ff24730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fbc2892e824311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c111c37bef434f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb189a2970ae94c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fbc2892e824311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7f9ec9d5ad41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c111c37bef434f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,348</x:t>
-[...603 lines deleted...]
-          <x:t>147,791</x:t>
+          <x:t>150,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>