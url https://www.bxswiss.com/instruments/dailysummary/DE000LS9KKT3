--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6383f7f36ff24730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e8c480d3bab4fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c111c37bef434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b8c99f517434357"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7f9ec9d5ad41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c111c37bef434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334e61b55a424a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b8c99f517434357" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>