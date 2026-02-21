--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e8c480d3bab4fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29389caaec44683" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b8c99f517434357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898e73bfa5a94d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334e61b55a424a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b8c99f517434357" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc641c649ac144765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898e73bfa5a94d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>151,386</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,834</x:t>
-[...296 lines deleted...]
-          <x:t>154,005</x:t>
+          <x:t>150,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>