--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29389caaec44683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0593ecc0a8b4fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898e73bfa5a94d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669b66915dd647e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc641c649ac144765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898e73bfa5a94d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d2ed6518114811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669b66915dd647e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>149,016</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>150,137</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>