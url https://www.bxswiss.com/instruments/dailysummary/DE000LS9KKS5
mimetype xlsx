--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67643f7268094345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6ab278f8874ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8024ab91eb2a4cd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b3ce3aa11f14706"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R358b3745ae484f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8024ab91eb2a4cd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901a18394f1143d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b3ce3aa11f14706" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlentaucher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>158,203</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,775</x:t>
-[...355 lines deleted...]
-          <x:t>156,676</x:t>
+          <x:t>157,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>