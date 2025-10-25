--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4f04c2c41f4331" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00385bc976564970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ca75dee63545b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b60788879184f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red5f387d169b46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ca75dee63545b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633bfceca0fc4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b60788879184f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FÜNF ausgewählte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>223,910</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>221,802</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>230,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,695</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>