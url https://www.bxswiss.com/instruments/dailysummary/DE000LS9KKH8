--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00385bc976564970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e4aaa60c1d94169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b60788879184f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd123bd504f2b4458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633bfceca0fc4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b60788879184f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a8d53038274e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd123bd504f2b4458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FÜNF ausgewählte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>214,911</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>