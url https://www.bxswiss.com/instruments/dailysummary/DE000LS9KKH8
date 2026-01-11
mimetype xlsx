--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e4aaa60c1d94169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2cfe05cc294dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd123bd504f2b4458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9ac40fe2d34bb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a8d53038274e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd123bd504f2b4458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c621c36b834a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9ac40fe2d34bb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FÜNF ausgewählte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>