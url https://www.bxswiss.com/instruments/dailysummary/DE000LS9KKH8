--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2cfe05cc294dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b7da9c6ca64598" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9ac40fe2d34bb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe1a76f2a4042b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c621c36b834a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9ac40fe2d34bb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a07edb1f45147db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe1a76f2a4042b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FÜNF ausgewählte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>233,133</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>