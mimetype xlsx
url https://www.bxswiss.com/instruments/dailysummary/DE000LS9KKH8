--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b7da9c6ca64598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a5bfde874440d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe1a76f2a4042b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e80111428204fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a07edb1f45147db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe1a76f2a4042b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6165db1d0f14050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e80111428204fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FÜNF ausgewählte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>238,326</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,588</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>237,268</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>