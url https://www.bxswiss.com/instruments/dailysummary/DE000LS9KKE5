--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d93bf1fada4b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1592138fde8b4d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbecbb69dfc484425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d2a7c4338447a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43561fd85b484ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbecbb69dfc484425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a21a473636441c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d2a7c4338447a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulativ-Konservativer Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>143,840</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,386</x:t>
-[...362 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,945</x:t>
-[...36 lines deleted...]
-          <x:t>144,951</x:t>
+          <x:t>144,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>