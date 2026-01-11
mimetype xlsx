--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1592138fde8b4d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2444ac2a8cd2461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d2a7c4338447a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb9a010faee644a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a21a473636441c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d2a7c4338447a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec5237fd46f42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb9a010faee644a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulativ-Konservativer Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>145,362</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,972</x:t>
-[...436 lines deleted...]
-          <x:t>146,404</x:t>
+          <x:t>147,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>