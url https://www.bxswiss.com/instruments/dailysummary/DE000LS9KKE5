--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2444ac2a8cd2461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb430ad336b42bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb9a010faee644a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481edc601f77496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec5237fd46f42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb9a010faee644a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc73ed0e6d5747bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481edc601f77496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulativ-Konservativer Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,373</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>