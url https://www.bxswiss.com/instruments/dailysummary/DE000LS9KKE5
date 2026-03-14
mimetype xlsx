--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb430ad336b42bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778e72952f0846a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481edc601f77496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c427a84777c44a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc73ed0e6d5747bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481edc601f77496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56078579d9d14e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c427a84777c44a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spekulativ-Konservativer Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>155,744</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,497</x:t>
-[...512 lines deleted...]
-          <x:t>160,595</x:t>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>