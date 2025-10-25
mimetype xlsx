--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2365593cf62a42d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8760b47504204509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146b5d02ebe44804"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae4634461fd4c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba730cead6ca4ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146b5d02ebe44804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ea6ca9936e481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae4634461fd4c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendSignaleUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>