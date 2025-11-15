--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8760b47504204509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f4d18c13304100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae4634461fd4c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b73e92f826b4140"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ea6ca9936e481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae4634461fd4c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a494e4dc754c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b73e92f826b4140" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendSignaleUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>