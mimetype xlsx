--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f4d18c13304100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd87becdb93da4c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b73e92f826b4140"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5509053730d45e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a494e4dc754c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b73e92f826b4140" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0a103173e94558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5509053730d45e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendSignaleUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>258,777</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>