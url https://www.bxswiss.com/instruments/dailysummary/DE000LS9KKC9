--- v3 (2026-01-07)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd87becdb93da4c62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra93962c9e9444cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5509053730d45e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e6412cb1cf4b86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0a103173e94558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5509053730d45e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499bca891acd4d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e6412cb1cf4b86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendSignaleUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,244</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>281,806</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>