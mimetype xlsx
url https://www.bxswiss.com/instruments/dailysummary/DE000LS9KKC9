--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra93962c9e9444cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da6677dcfe24b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e6412cb1cf4b86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ebd5c007794da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499bca891acd4d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e6412cb1cf4b86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350de473d49a447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ebd5c007794da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendSignaleUSA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,727</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>