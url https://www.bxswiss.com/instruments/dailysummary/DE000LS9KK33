--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62dc9df45664150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f7648463f1748d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5507676c3554851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc5057d90124827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca0f48f525424c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5507676c3554851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d76eb477565405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc5057d90124827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>