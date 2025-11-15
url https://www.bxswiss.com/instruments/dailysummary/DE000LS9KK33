--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f7648463f1748d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6b01f844554272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc5057d90124827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f65e0017b454ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d76eb477565405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc5057d90124827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd8c3a5a279248bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f65e0017b454ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>