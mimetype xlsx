--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6b01f844554272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f3faad9c934fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f65e0017b454ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c656a00c23c438b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd8c3a5a279248bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f65e0017b454ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf7c822e51b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c656a00c23c438b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>188,308</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,738</x:t>
-[...21 lines deleted...]
-          <x:t>190,258</x:t>
+          <x:t>189,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,606</x:t>
-[...242 lines deleted...]
-          <x:t>187,269</x:t>
+          <x:t>185,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>