--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f3faad9c934fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708543daeae34e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c656a00c23c438b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac764092acd142aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf7c822e51b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c656a00c23c438b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red10764596444821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac764092acd142aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>