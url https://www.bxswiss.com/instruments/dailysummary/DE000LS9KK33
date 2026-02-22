--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708543daeae34e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484d977b31ea46a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac764092acd142aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1306a7beb0b4477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red10764596444821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac764092acd142aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a0075069dc4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1306a7beb0b4477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>204,376</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>