--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484d977b31ea46a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda53c8a77194aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1306a7beb0b4477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08f944d17f14053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a0075069dc4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1306a7beb0b4477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcc0080b7f64f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08f944d17f14053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transformation Automotive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>