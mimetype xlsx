--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e8809a83c9b4bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8e831e01984bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84428042efeb41b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea31a2c685f4235"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2c6e679a97f4d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84428042efeb41b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R431ee63e37e24de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea31a2c685f4235" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,777</x:t>
-[...80 lines deleted...]
-          <x:t>75,787</x:t>
+          <x:t>75,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,459</x:t>
-[...75 lines deleted...]
-          <x:t>74,642</x:t>
+          <x:t>74,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>75,220</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>76,189</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>