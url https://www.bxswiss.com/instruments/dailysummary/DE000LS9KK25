--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8e831e01984bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63afbf9012d43d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea31a2c685f4235"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ca123babce430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R431ee63e37e24de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea31a2c685f4235" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2c37e3852c4b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ca123babce430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>75,371</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>