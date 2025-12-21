--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63afbf9012d43d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699b1c9f4ddc48a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ca123babce430a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4e61190f764550"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2c37e3852c4b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ca123babce430a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae02c40a3d74695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4e61190f764550" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>