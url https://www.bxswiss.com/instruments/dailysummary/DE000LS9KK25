--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699b1c9f4ddc48a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af395300dad44c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4e61190f764550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec67468afacc4c8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae02c40a3d74695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4e61190f764550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2a0e295ee046bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec67468afacc4c8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,116</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>