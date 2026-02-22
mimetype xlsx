--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af395300dad44c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df104924ad44b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec67468afacc4c8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691817f79cb04b72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2a0e295ee046bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec67468afacc4c8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4400a989ac4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691817f79cb04b72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...411 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,905</x:t>
-[...9 lines deleted...]
-          <x:t>81,856</x:t>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>