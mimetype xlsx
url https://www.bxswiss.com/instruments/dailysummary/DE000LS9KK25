--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df104924ad44b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cccf1ff26fa42e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691817f79cb04b72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce10bcc91724e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4400a989ac4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691817f79cb04b72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274e17ef37a7439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce10bcc91724e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KK25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>