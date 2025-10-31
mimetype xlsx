--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R414052da8e0b4b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7123e4767baf4143" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceaedd64c94e4bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cd6344c93514334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b6136c8f9d4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceaedd64c94e4bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4975c1e8fc74631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cd6344c93514334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>taurus 01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>