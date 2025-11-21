--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7123e4767baf4143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7fb2d7d54734f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cd6344c93514334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c880ee66744044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4975c1e8fc74631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cd6344c93514334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee7d4e402804598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c880ee66744044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>taurus 01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>182,416</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,829</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>181,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>