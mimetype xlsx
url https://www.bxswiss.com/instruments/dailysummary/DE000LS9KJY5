--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7fb2d7d54734f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439bee22048a42e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c880ee66744044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f12060ba9f4d84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee7d4e402804598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c880ee66744044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06dadcaafed14af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f12060ba9f4d84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>taurus 01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>