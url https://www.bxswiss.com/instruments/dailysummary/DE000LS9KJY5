--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439bee22048a42e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34e56b893554c70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f12060ba9f4d84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2c56a7fbe6405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06dadcaafed14af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f12060ba9f4d84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6e2ee1c6d74cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2c56a7fbe6405e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>taurus 01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>