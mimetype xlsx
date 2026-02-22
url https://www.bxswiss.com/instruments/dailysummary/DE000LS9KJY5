--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34e56b893554c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44714862a0f24349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2c56a7fbe6405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf25385614f498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6e2ee1c6d74cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2c56a7fbe6405e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed8dcfa12224e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf25385614f498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>taurus 01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>185,213</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,454</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>186,758</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,423</x:t>
-[...112 lines deleted...]
-          <x:t>188,394</x:t>
+          <x:t>188,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>