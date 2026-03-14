--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44714862a0f24349" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00091856b1784467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf25385614f498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc44895c4542e47e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed8dcfa12224e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf25385614f498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb64530c85441e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc44895c4542e47e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>taurus 01</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>