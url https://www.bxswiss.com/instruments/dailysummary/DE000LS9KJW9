--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ac8a5ded8c34b02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebeb41e50afe4291" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4f5fb0d6e3455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a041e1e647447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264368f1de87429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4f5fb0d6e3455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca3f7389b1374cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a041e1e647447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende - weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>147,921</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,574</x:t>
-        </x:is>
-[...597 lines deleted...]
-          <x:t>152,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>