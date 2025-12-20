--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebeb41e50afe4291" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re499e8491e7442ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a041e1e647447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaa33b66198949f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca3f7389b1374cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a041e1e647447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fdfc215a39344cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaa33b66198949f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende - weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>151,552</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,731</x:t>
-[...620 lines deleted...]
-          <x:t>147,574</x:t>
+          <x:t>149,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>