--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re499e8491e7442ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e09c66c3d69420b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaa33b66198949f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8c67666b264f23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fdfc215a39344cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaa33b66198949f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c31d6b224741c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8c67666b264f23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende - weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>