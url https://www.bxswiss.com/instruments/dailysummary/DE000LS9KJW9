--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e09c66c3d69420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8395aa68902d43da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8c67666b264f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a97403041c747a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c31d6b224741c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8c67666b264f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c7972f3fc741e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a97403041c747a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende - weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>151,041</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>152,059</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>