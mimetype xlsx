--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8395aa68902d43da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd79f0ceaf3c14635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a97403041c747a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7506aa195b2b4b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c7972f3fc741e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a97403041c747a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c5813602ca249f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7506aa195b2b4b8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende - weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>