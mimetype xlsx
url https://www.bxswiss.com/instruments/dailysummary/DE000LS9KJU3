--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e28e5005fad4897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R838358c077fb48b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9269171c20944939"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca94bf3cc3014f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64d39d5d01ec4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9269171c20944939" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd58f76879e1c4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca94bf3cc3014f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche KGV Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>214,726</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>