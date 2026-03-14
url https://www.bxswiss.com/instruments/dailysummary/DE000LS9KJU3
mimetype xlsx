--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R838358c077fb48b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5985696a68b44f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca94bf3cc3014f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7b510a118644cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd58f76879e1c4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca94bf3cc3014f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cc4833fff64eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7b510a118644cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche KGV Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>