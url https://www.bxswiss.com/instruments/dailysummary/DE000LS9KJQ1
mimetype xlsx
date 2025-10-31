--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b007474a2e14bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8d36ae4da64623" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra73bae30b9d3496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R636a205996614956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2e23dd1fa74599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra73bae30b9d3496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb75847dbc242c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R636a205996614956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-TOPUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,479</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>