--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8d36ae4da64623" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ea3333d9cf41ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R636a205996614956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf227f8e18b774802"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb75847dbc242c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R636a205996614956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62cd0762f1bf4f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf227f8e18b774802" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-TOPUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,951</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>