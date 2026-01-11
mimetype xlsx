--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ea3333d9cf41ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b408dd04a64c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf227f8e18b774802"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e40304297f4b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62cd0762f1bf4f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf227f8e18b774802" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a61b8c742084032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e40304297f4b39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-TOPUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>