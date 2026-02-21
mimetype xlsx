--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b408dd04a64c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57620788341d4843" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e40304297f4b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc53f6659f734416c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a61b8c742084032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e40304297f4b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea85f612470544bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc53f6659f734416c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-TOPUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>210,822</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>