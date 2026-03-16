--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57620788341d4843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6600880bb24d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc53f6659f734416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1590c0e3837543d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea85f612470544bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc53f6659f734416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ca7552773642c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1590c0e3837543d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-TOPUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>