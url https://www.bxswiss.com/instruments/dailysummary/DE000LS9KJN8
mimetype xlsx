--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58d1f34f024044eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7989b1aa854624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1386a25534174d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3aa65d21dd43f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1949541fea4f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1386a25534174d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef0a3adaf4046c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3aa65d21dd43f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schlechtmenschentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>572,384</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>578,457</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>582,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>