--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7989b1aa854624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b0db33a9404bb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3aa65d21dd43f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86cf1bf82db34197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef0a3adaf4046c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3aa65d21dd43f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55789159c00e4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86cf1bf82db34197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schlechtmenschentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>524,741</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>