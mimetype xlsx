--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b0db33a9404bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R879a6972c56c4396" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86cf1bf82db34197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3766b7c7051c4a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55789159c00e4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86cf1bf82db34197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00c955d9b0f34f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3766b7c7051c4a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schlechtmenschentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>511,753</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>507,923</x:t>
-[...409 lines deleted...]
-          <x:t>570,415</x:t>
+          <x:t>519,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>