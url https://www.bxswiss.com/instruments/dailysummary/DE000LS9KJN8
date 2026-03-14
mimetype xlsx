--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R879a6972c56c4396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc851fc3f6e44898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3766b7c7051c4a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7b419d0a9444817"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00c955d9b0f34f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3766b7c7051c4a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f2374762344429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7b419d0a9444817" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schlechtmenschentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>513,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,602</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>